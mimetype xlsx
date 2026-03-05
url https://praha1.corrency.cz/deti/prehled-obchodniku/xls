--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -7,1205 +7,1427 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="459" uniqueCount="459">
   <si>
     <t xml:space="preserve">01/31 ZO ČSOP Lacerta</t>
   </si>
   <si>
     <t xml:space="preserve">Anežská 806/5</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://csoplacerta.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Atletika s gepardem z.s. - Atletická přípravka, MŠ Řásnovka</t>
   </si>
   <si>
     <t xml:space="preserve">Řásnovka 779/5</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.atletikasgepardem.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Atletika s gepardem z.s. - Atletická přípravka, MŠ Revoluční</t>
   </si>
   <si>
     <t xml:space="preserve">Revoluční 1247/26</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.atletikasgepardem.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Atletika s gepardem z.s. - Atletická přípravka, Sportovní areál Na Františku</t>
   </si>
   <si>
     <t xml:space="preserve">Kozí 847</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.atletikasgepardem.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Atletika s gepardem z.s. - Atletická přípravka, ZŠ Curie</t>
   </si>
   <si>
     <t xml:space="preserve">náměstí Curieových 886/2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.atletikasgepardem.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">AuHa kroužky a tábory z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Školská 689/20</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.auhakrouzky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">BARAKA CENTRUM PRAHA, z.s., Plavecký klub Raftík</t>
   </si>
   <si>
     <t xml:space="preserve">Ve Smečkách 605/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Ostatní zboží a služby, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.raftik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Česká tábornická unie - T.K. Mladé lvice</t>
   </si>
   <si>
     <t xml:space="preserve">Opletalova 923/10</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.atrit.eu/lvice</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky ZŠ nám. Curierových 2</t>
   </si>
   <si>
     <t xml:space="preserve">náměstí Curieových 886/2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.berukrouzky.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">DĚLEJ CO TĚ BAVÍ z.ú.</t>
   </si>
   <si>
     <t xml:space="preserve">Újezd 450/40</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://delejcotebavi.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dětská opera Praha, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Týnská 627/7</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.detskaoperapraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dětské kroužky Kamarád s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Na Florenci 1686/9</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.krouzky-kamarad.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dráčkova jazyková mateřská škola Beachclub Strahov, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Masná 977/14</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hristemasna.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">DRUM Hudební výuka</t>
   </si>
   <si>
     <t xml:space="preserve">Karmelitská 26</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.luciehraje.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">DRUM Příměstský hudební tábor</t>
   </si>
   <si>
     <t xml:space="preserve">U Sovových mlýnů 645</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.luciehraje.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dům dětí a mládeže hlavního města Prahy</t>
   </si>
   <si>
     <t xml:space="preserve">Karlínské náměstí 316/7</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 8 - Karlín</t>
   </si>
   <si>
     <t xml:space="preserve">18600</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">EKODOMOV, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">náměstí Curieových 2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.malypruzkumnikprirody.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">EUROSOLAR.CZ, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">U půjčovny 1353/8</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ceskyles.org</t>
+  </si>
+  <si>
     <t xml:space="preserve">Flobo Praha, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">U studánky 123/18</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 7 - Bubeneč</t>
   </si>
   <si>
     <t xml:space="preserve">17000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.flobo.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">HAF z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrovní 146/16</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hafstudio.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Horoguru - Ultra Ant</t>
   </si>
   <si>
     <t xml:space="preserve">Týnská 622/17</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.horoguru.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jezdecké středisko Zmrzlík</t>
   </si>
   <si>
     <t xml:space="preserve">Na Zmrzlíku 3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5 – Zadní Kopanina</t>
   </si>
   <si>
     <t xml:space="preserve">15500</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Jipka moje jazykovka, s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Národní 416/37</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.jipka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">JUDO ACADEMY</t>
   </si>
   <si>
     <t xml:space="preserve">Truhlářská 22</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.judoprodeti.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">JUDO4FUN, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Mezoun 25</t>
   </si>
   <si>
     <t xml:space="preserve">Mezoun</t>
   </si>
   <si>
     <t xml:space="preserve">26716</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.judo4fun.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kamparta z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Říční 456/10</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.kamparta.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Karlínské Spektrum</t>
   </si>
   <si>
     <t xml:space="preserve">Karlínské nám. 316/7</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 8</t>
   </si>
   <si>
     <t xml:space="preserve">18600</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kidpoint z.ú.</t>
   </si>
   <si>
     <t xml:space="preserve">Korunní 2569/108</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 10 - Vinohrady</t>
   </si>
   <si>
     <t xml:space="preserve">10100</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.kidpoint.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Klášter Strahov - vztahuje se pouze na výstavu Večerníček slaví 60 let, PLATBA POUZE NA POKLADNĚ</t>
   </si>
   <si>
     <t xml:space="preserve">Strahovské nádvoří 132/1</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Hradčany</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.strahovskyklaster.cz/zveme/vecernicek-slavi-60-let</t>
+  </si>
+  <si>
     <t xml:space="preserve">Klub Klamovka</t>
   </si>
   <si>
     <t xml:space="preserve">Podbělohorská 154/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5</t>
   </si>
   <si>
     <t xml:space="preserve">15000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kondor, SKUPINA - ČTRNÁCTKA</t>
   </si>
   <si>
     <t xml:space="preserve">Novomlýnská 1238/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://ctrnactka.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">lezeM, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Josefská 7</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://sites.google.com/view/lezem/domovsk%C3%A1-str%C3%A1nka</t>
+  </si>
+  <si>
     <t xml:space="preserve">LUDUS MAGNUS, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kozí 847</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sportovnikempy.com/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Malostranská základní škola</t>
   </si>
   <si>
     <t xml:space="preserve">Josefská 626/7</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.malostranskeskoly.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mateřská škola Masná</t>
   </si>
   <si>
     <t xml:space="preserve">Masná 700/11</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.msmasna.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mateřská škola Národní  se zaměřením  na ranou péči</t>
   </si>
   <si>
     <t xml:space="preserve">Národní 416/37</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.msnarodni.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mateřská škola Opletalova</t>
   </si>
   <si>
     <t xml:space="preserve">Opletalova 925/14</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.msopletalova.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mateřská škola Revoluční</t>
   </si>
   <si>
     <t xml:space="preserve">Revoluční 1247/26</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
     <t xml:space="preserve">Mgr. Lenka Rudhardtová - divadelní kroužek, příprava na zkoušku z NJ, kontakt: lenka.rudhardtova@branajazyku.cz</t>
   </si>
   <si>
     <t xml:space="preserve">Pozdeňská 2129/5</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 6 - Břevnov</t>
   </si>
   <si>
     <t xml:space="preserve">16900</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.branajazyku.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">MŠ Národní - robotika Martin Paleček</t>
   </si>
   <si>
     <t xml:space="preserve">Národní 37</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.msnarodni.cz/krouzky.html#text340</t>
+  </si>
+  <si>
     <t xml:space="preserve">Muzeum Karla Zemana z.ú. - Correnty se vztahují pouze na kroužky, nelze uplatnit na vstup do muzea</t>
   </si>
   <si>
     <t xml:space="preserve">Saská 520/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.muzeumkarlazemana.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nadace Pražské děti</t>
   </si>
   <si>
     <t xml:space="preserve">Truhlářská 1102/17</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.prazskedeti.info</t>
+  </si>
+  <si>
     <t xml:space="preserve">Nadační fond Harmonie</t>
   </si>
   <si>
     <t xml:space="preserve">Lázeňská 285/11</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.nfharmonie.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Oblastní spolek Českého červeného kříže Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">Hellichova 632/11b</t>
   </si>
   <si>
     <t xml:space="preserve">Praha - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.cckpraha1.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pěvecký sbor - Mgr. Jolana Ronková</t>
   </si>
   <si>
     <t xml:space="preserve">Vojtěšská 13</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Plavecký klub ŠIPKA s.r.o. (Centrum YMCA)</t>
   </si>
   <si>
     <t xml:space="preserve">Na Poříčí 1041/12</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.plavani-sipka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">POST BELLUM, z. ú. - Divadlo v Dlouhé - zkušebna</t>
   </si>
   <si>
     <t xml:space="preserve">Dlouhá 727/39</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://divadlo.pametnaroda.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sbor dobrovolných hasičů PRAHA 1  z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Nové mlýny 827/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hasicipraha1.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SK JSMEINLINE, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Svatoslavova 343/41</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 4 - Nusle</t>
   </si>
   <si>
     <t xml:space="preserve">14000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.jsmeinline.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">SK NA FRANTIŠKU PRAHA 1, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kozí 18</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sportnafrantisku.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Skautský institut v Rybárně</t>
   </si>
   <si>
     <t xml:space="preserve">U Sovových mlýnů 1</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.kamparta.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Škola v přírodě a školní jídelna Čestice</t>
   </si>
   <si>
     <t xml:space="preserve">Vodičkova 1</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Stravování a Ubytování, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Smalterie</t>
   </si>
   <si>
     <t xml:space="preserve">Karmelitská 28</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.smalterie.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SPĚVÁČEK jazyková škola s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Rytířská 27</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Ostatní zboží a služby</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.jazykovka.info</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spirála – Bohnice</t>
   </si>
   <si>
     <t xml:space="preserve">Dolákova 537/26</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 8</t>
   </si>
   <si>
     <t xml:space="preserve">18000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spirála – Kobylisy</t>
   </si>
   <si>
     <t xml:space="preserve">Přemyšlenská 1102/15</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 8</t>
   </si>
   <si>
     <t xml:space="preserve">18000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Spolek Sport4active</t>
   </si>
   <si>
     <t xml:space="preserve">Jakubská 676/3</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sport4active.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sportfun Camp s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Ostravská 623</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 9 - Letňany</t>
   </si>
   <si>
     <t xml:space="preserve">19900</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://inlineskola.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Squash Stará Praha z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Haštalská 731/20</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.janroll.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Squash-Haštal</t>
   </si>
   <si>
     <t xml:space="preserve">Haštalská 731/20</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.janroll.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Stadion mládeže</t>
   </si>
   <si>
     <t xml:space="preserve">Na Kotlářce 14</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 6</t>
   </si>
   <si>
     <t xml:space="preserve">16000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Stanice přírodovědců</t>
   </si>
   <si>
     <t xml:space="preserve">Drtinova 199/1A</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 5</t>
   </si>
   <si>
     <t xml:space="preserve">15000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Stanice techniků</t>
   </si>
   <si>
     <t xml:space="preserve">Pod Juliskou 2a</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 6</t>
   </si>
   <si>
     <t xml:space="preserve">16000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.ddmpraha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času a Zařízení pro další vzdělávání pedagogických pracovníků Kroužky pro děti Praha</t>
   </si>
   <si>
     <t xml:space="preserve">Vodičkova 681</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.krouzky.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času SVČ Jednička</t>
   </si>
   <si>
     <t xml:space="preserve">Truhlářská 1113/8</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://WWW.SVC1.CZ</t>
+  </si>
+  <si>
     <t xml:space="preserve">Studio Citadela,z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Klimentská 1210/16</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">http://www.studiocitadela.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Studio Rolnička</t>
   </si>
   <si>
     <t xml:space="preserve">Senovážné náměstí 978/23</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.rolnicka-praha.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SwimSport s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Újezd 450/40</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Malá Strana</t>
   </si>
   <si>
     <t xml:space="preserve">11800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.psponorka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tenisová škola TALLENT s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Opatovická 160/18</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.tallent.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Veselá škola - církevní základní škola a základní umělecká škola</t>
   </si>
   <si>
     <t xml:space="preserve">Soukenická 1088/10</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.veselaskola.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Veselá věda, středisko volného času Praha s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Na Kozačce 1103/5</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 2 - Vinohrady</t>
   </si>
   <si>
     <t xml:space="preserve">12000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.veselaveda.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní škola Brána jazyků s rozšířenou výukou matematiky</t>
   </si>
   <si>
     <t xml:space="preserve">Uhelný trh 425/4</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.branajazyku.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní škola J. Gutha-Jarkovského</t>
   </si>
   <si>
     <t xml:space="preserve">Truhlářská 1120/22</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.truhla.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní škola nám. Curieových</t>
   </si>
   <si>
     <t xml:space="preserve">náměstí Curieových 886/2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Staré Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zscurie.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní škola sv. Voršily v Praze</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrovní 2070/9</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zssv.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola, Praha 1, Biskupská 12</t>
   </si>
   <si>
     <t xml:space="preserve">Biskupská 1276/12</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1 - Nové Město</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zus-biskupska.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">ZŠ nám. Curieových- letní příměstský tábor AKTIVNÍ LÉTO</t>
   </si>
   <si>
     <t xml:space="preserve">Náměstí Curieových 2</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 1</t>
   </si>
   <si>
     <t xml:space="preserve">11000</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://zsprodeti.cz/enviro/primestske-tabory-enviro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -1213,1352 +1435,2036 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>50.0919483</v>
+      </c>
+      <c r="G1" s="0">
+        <v>14.4239165</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>50.0920844</v>
+      </c>
+      <c r="G2" s="0">
+        <v>14.4250442</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>50.0919802</v>
+      </c>
+      <c r="G3" s="0">
+        <v>14.4276623</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>50.0922096</v>
+      </c>
+      <c r="G4" s="0">
+        <v>14.4221611</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>50.0919276</v>
+      </c>
+      <c r="G5" s="0">
+        <v>14.4197875</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>50.0789331</v>
+      </c>
+      <c r="G6" s="0">
+        <v>14.4245271</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="0">
+        <v>50.0776323</v>
+      </c>
+      <c r="G7" s="0">
+        <v>14.4264411</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0">
+        <v>50.0813105</v>
+      </c>
+      <c r="G8" s="0">
+        <v>14.4299567</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>52</v>
+      </c>
+      <c r="F9" s="0">
+        <v>50.0919276</v>
+      </c>
+      <c r="G9" s="0">
+        <v>14.4197875</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>58</v>
+      </c>
+      <c r="F10" s="0">
+        <v>50.0834153</v>
+      </c>
+      <c r="G10" s="0">
+        <v>14.4049327</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>64</v>
+      </c>
+      <c r="F11" s="0">
+        <v>50.0880448</v>
+      </c>
+      <c r="G11" s="0">
+        <v>14.4229276</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>70</v>
+      </c>
+      <c r="F12" s="0">
+        <v>50.0887556</v>
+      </c>
+      <c r="G12" s="0">
+        <v>14.4344032</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>76</v>
+      </c>
+      <c r="F13" s="0">
+        <v>50.0890171</v>
+      </c>
+      <c r="G13" s="0">
+        <v>14.4247408</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>82</v>
+      </c>
+      <c r="F14" s="0">
+        <v>50.0871739</v>
+      </c>
+      <c r="G14" s="0">
+        <v>14.4038344</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>88</v>
+      </c>
+      <c r="F15" s="0">
+        <v>50.0833691</v>
+      </c>
+      <c r="G15" s="0">
+        <v>14.4081043</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>94</v>
+      </c>
+      <c r="F16" s="0">
+        <v>50.0908737</v>
+      </c>
+      <c r="G16" s="0">
+        <v>14.4487204</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>100</v>
+      </c>
+      <c r="F17" s="0">
+        <v>50.0919276</v>
+      </c>
+      <c r="G17" s="0">
+        <v>14.4197875</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>106</v>
+      </c>
+      <c r="F18" s="0">
+        <v>50.0841067</v>
+      </c>
+      <c r="G18" s="0">
+        <v>14.4313701</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>112</v>
+      </c>
+      <c r="F19" s="0">
+        <v>50.1020168</v>
+      </c>
+      <c r="G19" s="0">
+        <v>14.426109</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>118</v>
+      </c>
+      <c r="F20" s="0">
+        <v>50.0804255</v>
+      </c>
+      <c r="G20" s="0">
+        <v>14.4160241</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>122</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>124</v>
+      </c>
+      <c r="F21" s="0">
+        <v>50.0886475</v>
+      </c>
+      <c r="G21" s="0">
+        <v>14.4234801</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>130</v>
+      </c>
+      <c r="F22" s="0">
+        <v>50.0115069</v>
+      </c>
+      <c r="G22" s="0">
+        <v>14.3142814</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>136</v>
+      </c>
+      <c r="F23" s="0">
+        <v>50.0828189</v>
+      </c>
+      <c r="G23" s="0">
+        <v>14.4205045</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>139</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>141</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>142</v>
+      </c>
+      <c r="F24" s="0">
+        <v>50.09070255</v>
+      </c>
+      <c r="G24" s="0">
+        <v>14.43179905</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>148</v>
+      </c>
+      <c r="F25" s="0">
+        <v>50.0028992</v>
+      </c>
+      <c r="G25" s="0">
+        <v>14.2097867</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="0" t="s">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>154</v>
+      </c>
+      <c r="F26" s="0">
+        <v>50.0819649</v>
+      </c>
+      <c r="G26" s="0">
+        <v>14.4052747</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>160</v>
+      </c>
+      <c r="F27" s="0">
+        <v>50.0908737</v>
+      </c>
+      <c r="G27" s="0">
+        <v>14.4487204</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="0" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>165</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>166</v>
+      </c>
+      <c r="F28" s="0">
+        <v>50.0750909</v>
+      </c>
+      <c r="G28" s="0">
+        <v>14.4586737</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="0" t="s">
-        <v>140</v>
+        <v>168</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>169</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>170</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>172</v>
+      </c>
+      <c r="F29" s="0">
+        <v>50.0866429</v>
+      </c>
+      <c r="G29" s="0">
+        <v>14.3900859</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="0" t="s">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>175</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>176</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>177</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>178</v>
+      </c>
+      <c r="F30" s="0">
+        <v>50.0715362</v>
+      </c>
+      <c r="G30" s="0">
+        <v>14.3793176</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="0" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>182</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>183</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>184</v>
+      </c>
+      <c r="F31" s="0">
+        <v>50.0921844</v>
+      </c>
+      <c r="G31" s="0">
+        <v>14.4289447</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="0" t="s">
-        <v>155</v>
+        <v>186</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>187</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>188</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>190</v>
+      </c>
+      <c r="F32" s="0">
+        <v>50.0882359</v>
+      </c>
+      <c r="G32" s="0">
+        <v>14.4053702</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="0" t="s">
-        <v>160</v>
+        <v>192</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>193</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>194</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>196</v>
+      </c>
+      <c r="F33" s="0">
+        <v>50.0922096</v>
+      </c>
+      <c r="G33" s="0">
+        <v>14.4221611</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="0" t="s">
-        <v>165</v>
+        <v>198</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>166</v>
+        <v>199</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>167</v>
+        <v>200</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>168</v>
+        <v>201</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:5">
+        <v>202</v>
+      </c>
+      <c r="F34" s="0">
+        <v>50.0882359</v>
+      </c>
+      <c r="G34" s="0">
+        <v>14.4053702</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="0" t="s">
-        <v>170</v>
+        <v>204</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>171</v>
+        <v>205</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>172</v>
+        <v>206</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>208</v>
+      </c>
+      <c r="F35" s="0">
+        <v>50.089442</v>
+      </c>
+      <c r="G35" s="0">
+        <v>14.4243114</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="0" t="s">
-        <v>175</v>
+        <v>210</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>176</v>
+        <v>211</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>178</v>
+        <v>213</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5">
+        <v>214</v>
+      </c>
+      <c r="F36" s="0">
+        <v>50.0828189</v>
+      </c>
+      <c r="G36" s="0">
+        <v>14.4205045</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="0" t="s">
-        <v>180</v>
+        <v>216</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>183</v>
+        <v>219</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5">
+        <v>220</v>
+      </c>
+      <c r="F37" s="0">
+        <v>50.081182</v>
+      </c>
+      <c r="G37" s="0">
+        <v>14.4303509</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>186</v>
+        <v>223</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>188</v>
+        <v>225</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5">
+        <v>226</v>
+      </c>
+      <c r="F38" s="0">
+        <v>50.0919802</v>
+      </c>
+      <c r="G38" s="0">
+        <v>14.4276623</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="0" t="s">
-        <v>190</v>
+        <v>227</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>191</v>
+        <v>228</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>192</v>
+        <v>229</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>193</v>
+        <v>230</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5">
+        <v>231</v>
+      </c>
+      <c r="F39" s="0">
+        <v>50.0777824</v>
+      </c>
+      <c r="G39" s="0">
+        <v>14.3329953</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="0" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5">
+        <v>237</v>
+      </c>
+      <c r="F40" s="0">
+        <v>50.0833316</v>
+      </c>
+      <c r="G40" s="0">
+        <v>14.4202772</v>
+      </c>
+      <c r="H40" s="0" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="0" t="s">
-        <v>200</v>
+        <v>239</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>201</v>
+        <v>240</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>202</v>
+        <v>241</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>203</v>
+        <v>242</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5">
+        <v>243</v>
+      </c>
+      <c r="F41" s="0">
+        <v>50.0868024</v>
+      </c>
+      <c r="G41" s="0">
+        <v>14.4076385</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="0" t="s">
-        <v>205</v>
+        <v>245</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>206</v>
+        <v>246</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>207</v>
+        <v>247</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>208</v>
+        <v>248</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>249</v>
+      </c>
+      <c r="F42" s="0">
+        <v>50.0904754</v>
+      </c>
+      <c r="G42" s="0">
+        <v>14.4297332</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="0" t="s">
-        <v>210</v>
+        <v>251</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>211</v>
+        <v>252</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>212</v>
+        <v>253</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>213</v>
+        <v>254</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5">
+        <v>255</v>
+      </c>
+      <c r="F43" s="0">
+        <v>50.0868079</v>
+      </c>
+      <c r="G43" s="0">
+        <v>14.4056926</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="0" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>216</v>
+        <v>258</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+        <v>261</v>
+      </c>
+      <c r="F44" s="0">
+        <v>50.0837337</v>
+      </c>
+      <c r="G44" s="0">
+        <v>14.4033066</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="0" t="s">
-        <v>220</v>
+        <v>263</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>221</v>
+        <v>264</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>222</v>
+        <v>265</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>223</v>
+        <v>266</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>267</v>
+      </c>
+      <c r="F45" s="0">
+        <v>50.0788489</v>
+      </c>
+      <c r="G45" s="0">
+        <v>14.4149686</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="0" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>228</v>
+        <v>271</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>272</v>
+      </c>
+      <c r="F46" s="0">
+        <v>50.0891799</v>
+      </c>
+      <c r="G46" s="0">
+        <v>14.4311967</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="0" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>232</v>
+        <v>276</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+        <v>278</v>
+      </c>
+      <c r="F47" s="0">
+        <v>50.0912346</v>
+      </c>
+      <c r="G47" s="0">
+        <v>14.4267504</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="0" t="s">
-        <v>235</v>
+        <v>280</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>236</v>
+        <v>281</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>237</v>
+        <v>282</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+        <v>284</v>
+      </c>
+      <c r="F48" s="0">
+        <v>50.0923047</v>
+      </c>
+      <c r="G48" s="0">
+        <v>14.4283547</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="0" t="s">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>241</v>
+        <v>287</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>242</v>
+        <v>288</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>243</v>
+        <v>289</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5">
+        <v>290</v>
+      </c>
+      <c r="F49" s="0">
+        <v>50.0618204</v>
+      </c>
+      <c r="G49" s="0">
+        <v>14.4445803</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="0" t="s">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:5">
+        <v>296</v>
+      </c>
+      <c r="F50" s="0">
+        <v>50.0922133</v>
+      </c>
+      <c r="G50" s="0">
+        <v>14.4223073</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="0" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>251</v>
+        <v>299</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>252</v>
+        <v>300</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>253</v>
+        <v>301</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>302</v>
+      </c>
+      <c r="F51" s="0">
+        <v>50.0828336</v>
+      </c>
+      <c r="G51" s="0">
+        <v>14.4080084</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="0" t="s">
-        <v>255</v>
+        <v>304</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>256</v>
+        <v>305</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>257</v>
+        <v>306</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>258</v>
+        <v>307</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+        <v>308</v>
+      </c>
+      <c r="F52" s="0">
+        <v>50.0783589</v>
+      </c>
+      <c r="G52" s="0">
+        <v>14.421405</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="0" t="s">
-        <v>260</v>
+        <v>309</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>261</v>
+        <v>310</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>262</v>
+        <v>311</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>263</v>
+        <v>312</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5">
+        <v>313</v>
+      </c>
+      <c r="F53" s="0">
+        <v>50.0873137</v>
+      </c>
+      <c r="G53" s="0">
+        <v>14.403875</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="0" t="s">
-        <v>265</v>
+        <v>315</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>266</v>
+        <v>316</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>267</v>
+        <v>317</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>268</v>
+        <v>318</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+        <v>319</v>
+      </c>
+      <c r="F54" s="0">
+        <v>50.0848074</v>
+      </c>
+      <c r="G54" s="0">
+        <v>14.4218229</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="0" t="s">
-        <v>270</v>
+        <v>321</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>271</v>
+        <v>322</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>272</v>
+        <v>323</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>273</v>
+        <v>324</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5">
+        <v>325</v>
+      </c>
+      <c r="F55" s="0">
+        <v>50.1331347</v>
+      </c>
+      <c r="G55" s="0">
+        <v>14.4088464</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="0" t="s">
-        <v>275</v>
+        <v>327</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>276</v>
+        <v>328</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>277</v>
+        <v>329</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>278</v>
+        <v>330</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5">
+        <v>331</v>
+      </c>
+      <c r="F56" s="0">
+        <v>50.1267428</v>
+      </c>
+      <c r="G56" s="0">
+        <v>14.449477</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="0" t="s">
-        <v>280</v>
+        <v>333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>281</v>
+        <v>334</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>282</v>
+        <v>335</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>283</v>
+        <v>336</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5">
+        <v>337</v>
+      </c>
+      <c r="F57" s="0">
+        <v>50.088362</v>
+      </c>
+      <c r="G57" s="0">
+        <v>14.425953</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="0" t="s">
-        <v>285</v>
+        <v>339</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>286</v>
+        <v>340</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>287</v>
+        <v>341</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>288</v>
+        <v>342</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5">
+        <v>343</v>
+      </c>
+      <c r="F58" s="0">
+        <v>50.1389264</v>
+      </c>
+      <c r="G58" s="0">
+        <v>14.5158569</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="0" t="s">
-        <v>290</v>
+        <v>345</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>291</v>
+        <v>346</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>292</v>
+        <v>347</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>293</v>
+        <v>348</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5">
+        <v>349</v>
+      </c>
+      <c r="F59" s="0">
+        <v>50.0911902</v>
+      </c>
+      <c r="G59" s="0">
+        <v>14.4256805</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" s="0" t="s">
-        <v>295</v>
+        <v>351</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>296</v>
+        <v>352</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>297</v>
+        <v>353</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>298</v>
+        <v>354</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5">
+        <v>355</v>
+      </c>
+      <c r="F60" s="0">
+        <v>50.0911902</v>
+      </c>
+      <c r="G60" s="0">
+        <v>14.4256805</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" s="0" t="s">
-        <v>300</v>
+        <v>357</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>301</v>
+        <v>358</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>302</v>
+        <v>359</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>303</v>
+        <v>360</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:5">
+        <v>361</v>
+      </c>
+      <c r="F61" s="0">
+        <v>50.1066697</v>
+      </c>
+      <c r="G61" s="0">
+        <v>14.3847823</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
       <c r="A62" s="0" t="s">
-        <v>305</v>
+        <v>363</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>306</v>
+        <v>364</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>307</v>
+        <v>365</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>308</v>
+        <v>366</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:5">
+        <v>367</v>
+      </c>
+      <c r="F62" s="0">
+        <v>50.0752315</v>
+      </c>
+      <c r="G62" s="0">
+        <v>14.4001729</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
       <c r="A63" s="0" t="s">
-        <v>310</v>
+        <v>369</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>311</v>
+        <v>370</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>312</v>
+        <v>371</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>313</v>
+        <v>372</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:5">
+        <v>373</v>
+      </c>
+      <c r="F63" s="0">
+        <v>50.1105316</v>
+      </c>
+      <c r="G63" s="0">
+        <v>14.3926318</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
       <c r="A64" s="0" t="s">
-        <v>315</v>
+        <v>375</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>316</v>
+        <v>376</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>317</v>
+        <v>377</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>318</v>
+        <v>378</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:5">
+        <v>379</v>
+      </c>
+      <c r="F64" s="0">
+        <v>50.07944</v>
+      </c>
+      <c r="G64" s="0">
+        <v>14.4227686</v>
+      </c>
+      <c r="H64" s="0" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
       <c r="A65" s="0" t="s">
-        <v>320</v>
+        <v>381</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>321</v>
+        <v>382</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>322</v>
+        <v>383</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>323</v>
+        <v>384</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:5">
+        <v>385</v>
+      </c>
+      <c r="F65" s="0">
+        <v>50.0900559</v>
+      </c>
+      <c r="G65" s="0">
+        <v>14.4293009</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
       <c r="A66" s="0" t="s">
-        <v>325</v>
+        <v>387</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>326</v>
+        <v>388</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>327</v>
+        <v>389</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>328</v>
+        <v>390</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:5">
+        <v>391</v>
+      </c>
+      <c r="F66" s="0">
+        <v>50.0918302</v>
+      </c>
+      <c r="G66" s="0">
+        <v>14.4295565</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
       <c r="A67" s="0" t="s">
-        <v>330</v>
+        <v>393</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>331</v>
+        <v>394</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>332</v>
+        <v>395</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>333</v>
+        <v>396</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:5">
+        <v>397</v>
+      </c>
+      <c r="F67" s="0">
+        <v>50.085521</v>
+      </c>
+      <c r="G67" s="0">
+        <v>14.4315974</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
       <c r="A68" s="0" t="s">
-        <v>335</v>
+        <v>399</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>336</v>
+        <v>400</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>337</v>
+        <v>401</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>338</v>
+        <v>402</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:5">
+        <v>403</v>
+      </c>
+      <c r="F68" s="0">
+        <v>50.0834153</v>
+      </c>
+      <c r="G68" s="0">
+        <v>14.4049327</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
       <c r="A69" s="0" t="s">
-        <v>340</v>
+        <v>405</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>341</v>
+        <v>406</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>342</v>
+        <v>407</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>343</v>
+        <v>408</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:5">
+        <v>409</v>
+      </c>
+      <c r="F69" s="0">
+        <v>50.0794249</v>
+      </c>
+      <c r="G69" s="0">
+        <v>14.4188604</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
       <c r="A70" s="0" t="s">
-        <v>345</v>
+        <v>411</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>346</v>
+        <v>412</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>347</v>
+        <v>413</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>348</v>
+        <v>414</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:5">
+        <v>415</v>
+      </c>
+      <c r="F70" s="0">
+        <v>50.0908022</v>
+      </c>
+      <c r="G70" s="0">
+        <v>14.4288582</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
       <c r="A71" s="0" t="s">
-        <v>350</v>
+        <v>417</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>351</v>
+        <v>418</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>352</v>
+        <v>419</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>353</v>
+        <v>420</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:5">
+        <v>421</v>
+      </c>
+      <c r="F71" s="0">
+        <v>50.0715454</v>
+      </c>
+      <c r="G71" s="0">
+        <v>14.4423789</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
       <c r="A72" s="0" t="s">
-        <v>355</v>
+        <v>423</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>356</v>
+        <v>424</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>357</v>
+        <v>425</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>358</v>
+        <v>426</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:5">
+        <v>427</v>
+      </c>
+      <c r="F72" s="0">
+        <v>50.0842075</v>
+      </c>
+      <c r="G72" s="0">
+        <v>14.4199295</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
       <c r="A73" s="0" t="s">
-        <v>360</v>
+        <v>429</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>361</v>
+        <v>430</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>362</v>
+        <v>431</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>363</v>
+        <v>432</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:5">
+        <v>433</v>
+      </c>
+      <c r="F73" s="0">
+        <v>50.0908539</v>
+      </c>
+      <c r="G73" s="0">
+        <v>14.4313451</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
       <c r="A74" s="0" t="s">
-        <v>365</v>
+        <v>435</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>366</v>
+        <v>436</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>367</v>
+        <v>437</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>368</v>
+        <v>438</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:5">
+        <v>439</v>
+      </c>
+      <c r="F74" s="0">
+        <v>50.0919276</v>
+      </c>
+      <c r="G74" s="0">
+        <v>14.4197875</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
       <c r="A75" s="0" t="s">
-        <v>370</v>
+        <v>441</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>371</v>
+        <v>442</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>372</v>
+        <v>443</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>373</v>
+        <v>444</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:5">
+        <v>445</v>
+      </c>
+      <c r="F75" s="0">
+        <v>50.0804412</v>
+      </c>
+      <c r="G75" s="0">
+        <v>14.4152163</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
       <c r="A76" s="0" t="s">
-        <v>375</v>
+        <v>447</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>376</v>
+        <v>448</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>377</v>
+        <v>449</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>378</v>
+        <v>450</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:5">
+        <v>451</v>
+      </c>
+      <c r="F76" s="0">
+        <v>50.0912595</v>
+      </c>
+      <c r="G76" s="0">
+        <v>14.4347006</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
       <c r="A77" s="0" t="s">
-        <v>380</v>
+        <v>453</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>381</v>
+        <v>454</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>382</v>
+        <v>455</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>383</v>
+        <v>456</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>384</v>
+        <v>457</v>
+      </c>
+      <c r="F77" s="0">
+        <v>50.0919276</v>
+      </c>
+      <c r="G77" s="0">
+        <v>14.4197875</v>
+      </c>
+      <c r="H77" s="0" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>